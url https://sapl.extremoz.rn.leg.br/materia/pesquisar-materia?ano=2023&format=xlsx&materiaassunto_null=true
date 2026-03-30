--- v0 (2025-12-06)
+++ v1 (2026-03-30)
@@ -51,144 +51,144 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.extremoz.rn.leg.br/media/</t>
+    <t>http://sapl.extremoz.rn.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NO ART. 20-D DA LEI ORGÂNICA DO MUNICÍPIO  DE EXTREMOZ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>DAMARES DE SALES</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.135/2023 QUE DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DOS CARGOS COMISSIONADOS DA CÂMARA MUNICIPAL DE EXTREMOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>JUSSARA SALES DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/2/pl_saude_cria_cargos_068_de_2023_1_.pdf</t>
+    <t>http://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/2/pl_saude_cria_cargos_068_de_2023_1_.pdf</t>
   </si>
   <si>
     <t>PL N° 068/2023 -  ALTERA A LEI MUNICIPAL N° 935/2018 E PROMOVE ADEQUAÇÕES A ESTRUTURA ADMINISTRATIVA PARA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/3/ok_oficio_pl_justificativa_doacao_extremozprev_ok_1_.pdf</t>
+    <t>http://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/3/ok_oficio_pl_justificativa_doacao_extremozprev_ok_1_.pdf</t>
   </si>
   <si>
     <t>PL N° 069/2023 -  AUTORIZA A PREFEITURA MUNICIPAL A DOAR AO INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS MUNICIPAIS DE EXTREMOZ, IMÓVEL PARA CONSTRUÇÃO DA SEDE DO INSTITUTO.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/4/oficio_pl_alteracao_de_lei_referencia_pra_mudanca_da_conanda_1_.pdf</t>
+    <t>http://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/4/oficio_pl_alteracao_de_lei_referencia_pra_mudanca_da_conanda_1_.pdf</t>
   </si>
   <si>
     <t>PL N° 070/2023 -  ALTERA A LEI N° 975/2019, QUE TRATA DO PROCESSO DE ESCOLHA PARA MEMBROS DO CONSELHO TUTELAR A PARTIR DA RESOLUÇÃO 231/2023 – CONADA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>DEFINE AS DIRETRIZES GERAIS A SEREM OBSERVADAS NA ILPLANTAÇÃO DA POLÍTICA DE EDUCAÇÃO DE ESCOLA EM TEMPO INTEGRAL NO ENSINO PÚBLICO MUNICIPAL DE EXTREMOZ/RN.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>RAFAEL CORREIA</t>
   </si>
   <si>
-    <t>https://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/1/pl_-_identificacao-carros-publicos-1.pdf</t>
+    <t>http://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/1/pl_-_identificacao-carros-publicos-1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA AFIXAÇÃO NAS PORTAS DOS VEÍCULOS PERTENCENTES A MUNICIPALIDADE, A FRASE “USO EXCLUSIVO EM SERVIÇO DO MUNÍCIPIO DE EXTREMOZ” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>FABIO VICENTE</t>
   </si>
   <si>
-    <t>https://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/5/pl_1005_apreensao_de_animais_de_grande_porte.pdf</t>
+    <t>http://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/5/pl_1005_apreensao_de_animais_de_grande_porte.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APREENSÃO DE ANIMAIS DE GRANDE PORTE NAS VIAS PÚBLICAS, ESTRADAS E TERRENOS PÚBLICOS LOCALIZADOS NO MUNICÍPIO DE EXTREMOZ E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>COMISSÃO ESPECIAL PARA REVISÃO E ATUALIZAÇÃO DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>PL</t>
   </si>
@@ -1048,68 +1048,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/2/pl_saude_cria_cargos_068_de_2023_1_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/3/ok_oficio_pl_justificativa_doacao_extremozprev_ok_1_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/4/oficio_pl_alteracao_de_lei_referencia_pra_mudanca_da_conanda_1_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/1/pl_-_identificacao-carros-publicos-1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/5/pl_1005_apreensao_de_animais_de_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/2/pl_saude_cria_cargos_068_de_2023_1_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/3/ok_oficio_pl_justificativa_doacao_extremozprev_ok_1_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/4/oficio_pl_alteracao_de_lei_referencia_pra_mudanca_da_conanda_1_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/1/pl_-_identificacao-carros-publicos-1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/sapl/public/materialegislativa/2023/5/pl_1005_apreensao_de_animais_de_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.extremoz.rn.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="134.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="133.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>